--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a16cc5fa18a4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab5fc38f9e34394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a86844ea2544768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318ef3176e304d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re97ae8cc9ae74ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a86844ea2544768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d1b9bb6f08c49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318ef3176e304d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 2D EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1399300455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>85,838</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>86,408</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,175</x:t>
-[...188 lines deleted...]
-          <x:t>86,566</x:t>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>