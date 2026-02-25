--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab5fc38f9e34394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a7bfb5ba0541ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318ef3176e304d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eaa84ab0238442f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d1b9bb6f08c49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318ef3176e304d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf10ba7810524226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eaa84ab0238442f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 2D EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1399300455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,442</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>85,416</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,754</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>85,786</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>