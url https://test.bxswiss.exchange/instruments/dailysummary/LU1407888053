--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42960fe0f41345b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175922411cee449c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c630cc828894160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re509ffc62dc946cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b526f05d5774159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c630cc828894160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18099a5fd57543e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re509ffc62dc946cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>71,185</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>