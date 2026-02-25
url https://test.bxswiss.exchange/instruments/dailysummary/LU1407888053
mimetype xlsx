--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175922411cee449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189ba18cbfef42e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re509ffc62dc946cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4caaf78adb94e08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18099a5fd57543e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re509ffc62dc946cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d5d5b9f6174e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4caaf78adb94e08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>