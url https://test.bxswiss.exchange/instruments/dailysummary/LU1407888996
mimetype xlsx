--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R105bcbb25ff5435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea45c0828fad4bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1adf54559d84160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34d591f3e5041c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba86a23c1a4e43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1adf54559d84160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ff7a8abf964c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34d591f3e5041c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>89,193</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,121</x:t>
-[...598 lines deleted...]
-          <x:t>89,474</x:t>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>