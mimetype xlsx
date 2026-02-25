--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea45c0828fad4bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eaadd16da8c46e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34d591f3e5041c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bd6cd1b29f4552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ff7a8abf964c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34d591f3e5041c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9accd2bcbf5d4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bd6cd1b29f4552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>