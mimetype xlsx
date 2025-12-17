--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc96f22aae244f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aef69adc8c541e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0923d4004fc14291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78915f2a88d24cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b75fa18a3b4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0923d4004fc14291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re94c6c10c81e463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78915f2a88d24cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,528</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>