--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aef69adc8c541e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ecf5ce7c87141f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78915f2a88d24cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a46271c7c60458a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re94c6c10c81e463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78915f2a88d24cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca6ae4f04784688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a46271c7c60458a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>