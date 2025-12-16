--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4126bd06b78745a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23001c9db2294cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53dee9447e624699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc43ecb7c1ad4dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba88d9c670aa47ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53dee9447e624699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509beb59c2ba4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc43ecb7c1ad4dd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Credit Suisse IF (Lux) - Equity EMU FBC</x:t>
+          <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>236,775</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,275</x:t>
-[...21 lines deleted...]
-          <x:t>237,675</x:t>
+          <x:t>238,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>237,675</x:t>
-[...26 lines deleted...]
-          <x:t>240,075</x:t>
+          <x:t>237,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>