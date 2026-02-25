--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23001c9db2294cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74b7d717a5c4167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc43ecb7c1ad4dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc260457f5cd949aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509beb59c2ba4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc43ecb7c1ad4dd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd7047292db483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc260457f5cd949aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>245,000</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,125</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>245,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>246,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>246,250</x:t>
-[...11 lines deleted...]
-          <x:t>246,950</x:t>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>245,850</x:t>
-[...65 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>248,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,800</x:t>
-[...36 lines deleted...]
-          <x:t>247,700</x:t>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>