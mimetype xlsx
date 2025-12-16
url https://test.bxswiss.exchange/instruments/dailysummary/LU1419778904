--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe90edd5a7984132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc751f7434fa42ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1297708a42ba4486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c28d82b0c9642d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R298daf1a627f4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1297708a42ba4486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf34f260ce8417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c28d82b0c9642d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Credit Suisse IF (Lux) - Equity Canada FBC</x:t>
+          <x:t>UBS (Lux) FS II - MSCI Canada Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419778904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>267,325</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>270,150</x:t>
-[...171 lines deleted...]
-          <x:t>270,500</x:t>
+          <x:t>270,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>