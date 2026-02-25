--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc751f7434fa42ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f9c6cf7e8345be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c28d82b0c9642d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd607db91f64d45cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf34f260ce8417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c28d82b0c9642d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329735077f284976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd607db91f64d45cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Canada Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419778904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>280,600</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>280,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>280,150</x:t>
-[...193 lines deleted...]
-          <x:t>283,825</x:t>
+          <x:t>285,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>