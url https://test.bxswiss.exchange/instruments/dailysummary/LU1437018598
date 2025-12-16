--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf31a3b7558a4968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a9fccc6dca41e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red67b7ae394a4298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d1091c0afaf453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c5fbb7b8624e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red67b7ae394a4298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbabe95de0642451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d1091c0afaf453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi Euro Government Bond UCITS ETF Acc</x:t>
+          <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>49,450</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,321</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>49,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,390</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>49,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>