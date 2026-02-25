--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a9fccc6dca41e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5807f6b093ab40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d1091c0afaf453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb237c0ef384eef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbabe95de0642451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d1091c0afaf453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6fe575893ea4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb237c0ef384eef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>49,730</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>49,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,683</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>49,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>