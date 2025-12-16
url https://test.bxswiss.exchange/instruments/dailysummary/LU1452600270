--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f8824580a44bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5523a451dc64bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6879396000f40e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a6edf9e94c64891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02a976aed7a4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6879396000f40e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473b4bb4075440c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a6edf9e94c64891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US TIPS Government Inflation-Linked Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1452600270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>93,677</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,779</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>94,399</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,802</x:t>
-[...53 lines deleted...]
-          <x:t>93,815</x:t>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>