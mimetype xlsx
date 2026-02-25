--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5523a451dc64bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93f976600684e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a6edf9e94c64891"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62a63c502a914c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473b4bb4075440c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a6edf9e94c64891" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e011c6b11f46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62a63c502a914c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US TIPS Government Inflation-Linked Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1452600270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>