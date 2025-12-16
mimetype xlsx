--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re915e888294f4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e029517dba74ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a12887e45c4c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1c6198185b64137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2413a37f47fb42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a12887e45c4c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ab734ad32844fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1c6198185b64137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Aggregate Green Bond   UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1563454823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>47,184</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,131</x:t>
-[...11 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,291</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>47,493</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,116</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>47,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>