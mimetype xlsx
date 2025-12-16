--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0388f3d7abe9460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150d3df2c5f745df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf274f1a0ee074915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc67ab531ae5451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5822ca8fbf4b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf274f1a0ee074915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a52da3d03c04888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc67ab531ae5451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi Stoxx Europe 600 UCITS ETF EUR Hedged Dist</x:t>
+          <x:t>Amundi Core Stoxx Europe 600 UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1574142243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,435</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>