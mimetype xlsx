--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150d3df2c5f745df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d72d42185940d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc67ab531ae5451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4237336fe0cb48e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a52da3d03c04888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc67ab531ae5451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18583152c8d407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4237336fe0cb48e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Stoxx Europe 600 UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1574142243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>