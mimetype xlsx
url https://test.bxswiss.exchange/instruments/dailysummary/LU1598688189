--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26f2723032b4d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ec536f967945f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e914c8768e844a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa47ec3d9864fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856e564853ac4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e914c8768e844a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9db23c64cfe4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa47ec3d9864fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe Growth UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598688189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>198,340</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>