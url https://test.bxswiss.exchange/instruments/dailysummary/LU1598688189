--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ec536f967945f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343714cf9c014384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa47ec3d9864fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15e2a5facbe4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9db23c64cfe4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa47ec3d9864fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab961a08bdbe4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15e2a5facbe4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe Growth UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598688189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>