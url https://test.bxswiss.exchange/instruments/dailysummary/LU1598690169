--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7b271abaea649de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b55c6854b94f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba2b4d469974345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra562a970d8bd4b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7787d3ba377e4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba2b4d469974345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e6affab5094245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra562a970d8bd4b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EMU Value Factor UCITS ETF - Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598690169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,573</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>