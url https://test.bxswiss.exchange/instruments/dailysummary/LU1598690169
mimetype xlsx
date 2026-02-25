--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b55c6854b94f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5571e30d98874841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra562a970d8bd4b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938ff5c5ef684678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e6affab5094245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra562a970d8bd4b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6597a51e927a4f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938ff5c5ef684678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EMU Value Factor UCITS ETF - Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1598690169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>167,983</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>168,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>166,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>