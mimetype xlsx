--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d52c4f76ef4a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0338c7c5a9784861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39af0ab66934328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3eecdf90efa4fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a5b6c5b5644bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39af0ab66934328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21613b9ce424724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3eecdf90efa4fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>151,745</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,745</x:t>
-[...70 lines deleted...]
-          <x:t>151,940</x:t>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,022</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>151,867</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>