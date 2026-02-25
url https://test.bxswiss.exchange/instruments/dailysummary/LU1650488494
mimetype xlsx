--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0338c7c5a9784861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8828406458c4861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3eecdf90efa4fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8011d11bd0384c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21613b9ce424724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3eecdf90efa4fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e730146e8b4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8011d11bd0384c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 3-5Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650488494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>152,706</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>152,664</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,756</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>152,058</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>