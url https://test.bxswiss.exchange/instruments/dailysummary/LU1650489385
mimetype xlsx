--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cbc9967e9f94420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d66e25be7f432b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a3e46634cd4f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6d6961959347a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c680e7e3b54ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a3e46634cd4f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7907fe56d564476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6d6961959347a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 10-15Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650489385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>200,245</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,640</x:t>
-[...75 lines deleted...]
-          <x:t>200,389</x:t>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,944</x:t>
-[...296 lines deleted...]
-          <x:t>199,618</x:t>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>