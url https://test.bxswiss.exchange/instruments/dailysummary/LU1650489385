--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d66e25be7f432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1b7ddaa37a4e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6d6961959347a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7c980833cf4953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7907fe56d564476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6d6961959347a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R682e541b36094aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7c980833cf4953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 10-15Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650489385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>200,163</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,025</x:t>
-[...53 lines deleted...]
-          <x:t>200,023</x:t>
+          <x:t>198,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>