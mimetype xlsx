--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc714b17cf21845a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b0f72100f54972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b5ad9ecbf84d10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2affd76438c24deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b051ad71b864eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b5ad9ecbf84d10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d72250e3b3427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2affd76438c24deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,453</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>