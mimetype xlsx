--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b0f72100f54972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030a3eca7ce44292" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2affd76438c24deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9962254c560947aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d72250e3b3427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2affd76438c24deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d8df7d081e4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9962254c560947aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1650491282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>166,644</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>166,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>