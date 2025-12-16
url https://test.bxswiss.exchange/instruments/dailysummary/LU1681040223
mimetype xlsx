--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c07e073ed9c41c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eceeb67b9a24391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175d86ae4fb04799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb18cf7e701f44d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11865898fcc44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175d86ae4fb04799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0649a27d99024606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb18cf7e701f44d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 ESG UCITS ETF DR EUR (C)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681040223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,598</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>