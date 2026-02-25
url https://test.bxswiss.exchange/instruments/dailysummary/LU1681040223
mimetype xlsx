--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eceeb67b9a24391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9139f5f7cf4b42ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb18cf7e701f44d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943b52a93a344e77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0649a27d99024606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb18cf7e701f44d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147090298d1145e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943b52a93a344e77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 ESG UCITS ETF DR EUR (C)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681040223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>