--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e76aca24dc84310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a71a521462481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a9069e9dcfb47ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6616409015e4809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6db862b7212499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a9069e9dcfb47ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R931017b9c1f6499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6616409015e4809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Tilted Green Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>205,480</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,037</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>205,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,398</x:t>
-[...453 lines deleted...]
-          <x:t>206,225</x:t>
+          <x:t>206,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,000</x:t>
-[...53 lines deleted...]
-          <x:t>206,217</x:t>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>