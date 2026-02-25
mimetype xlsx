--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a71a521462481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R783a1c2391404214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6616409015e4809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1730878aa01949ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R931017b9c1f6499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6616409015e4809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f935ed433e04015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1730878aa01949ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Tilted Green Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>206,937</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,461</x:t>
-[...134 lines deleted...]
-          <x:t>206,157</x:t>
+          <x:t>205,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>