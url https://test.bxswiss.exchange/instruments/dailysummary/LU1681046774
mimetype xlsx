--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0f45f835404076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b89f5a973f7402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc6a419adf54498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d596ea7d3054d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R420f9ec1f1ec4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc6a419adf54498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486d43f510b74573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d596ea7d3054d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Government Bond Lowest Rated Euro Investment Grade UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>214,441</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,791</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>215,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>216,857</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>