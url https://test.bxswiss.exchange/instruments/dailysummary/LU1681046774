--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b89f5a973f7402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7596c738cabf4032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d596ea7d3054d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R032f75c3bfeb471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486d43f510b74573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d596ea7d3054d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d66ab6567f4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R032f75c3bfeb471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Government Bond Lowest Rated Euro Investment Grade UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681046774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>216,365</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,017</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>216,904</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>