--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bbc1830420b4d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81668c7f6a0641a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9541baf1fb4b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631f133f427f4b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad2426d13694cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9541baf1fb4b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149a701da21c4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631f133f427f4b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>