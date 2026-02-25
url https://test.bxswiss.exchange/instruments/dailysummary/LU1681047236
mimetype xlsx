--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81668c7f6a0641a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e44b8398a0b4828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631f133f427f4b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd87db7204e964694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149a701da21c4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631f133f427f4b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ddfa0844a14c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd87db7204e964694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681047236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>141,888</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,022</x:t>
-[...107 lines deleted...]
-          <x:t>141,571</x:t>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>