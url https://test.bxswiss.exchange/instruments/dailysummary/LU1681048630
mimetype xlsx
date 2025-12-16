--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33aa21a519a546b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793993880c8648ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a8a763d0be417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3d569769fe44d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0125e3dff8348b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a8a763d0be417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8200543330d34910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3d569769fe44d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P Global Luxury UCITS ETF - EUR © Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681048630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>195,870</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>