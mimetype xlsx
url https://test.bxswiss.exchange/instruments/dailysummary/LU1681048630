--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793993880c8648ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb44acc8d874f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3d569769fe44d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90bc210a1fe495c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8200543330d34910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3d569769fe44d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc749585ab1244039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90bc210a1fe495c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P Global Luxury UCITS ETF - EUR © Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1681048630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>