--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479a8eeab9c245ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra262235fe82244ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d120034fb304fad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf533524404e74518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3e9e3e853545f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d120034fb304fad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3a52a9c7d84e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf533524404e74518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>14,381</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>14,430</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,369</x:t>
-[...323 lines deleted...]
-          <x:t>14,605</x:t>
+          <x:t>14,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>