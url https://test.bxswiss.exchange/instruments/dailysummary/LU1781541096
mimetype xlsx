--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra262235fe82244ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfc45ca3f3fa4830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf533524404e74518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcca3d52ef274ac2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3a52a9c7d84e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf533524404e74518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R470df1c0678f4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcca3d52ef274ac2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi UK Equity All Cap (DR) UCITS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>14,252</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,252</x:t>
-[...11 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,641</x:t>
-[...210 lines deleted...]
-          <x:t>14,933</x:t>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,863</x:t>
-[...193 lines deleted...]
-          <x:t>14,491</x:t>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>