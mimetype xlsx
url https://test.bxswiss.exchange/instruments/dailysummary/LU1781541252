--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f64d6f110ee417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd90000eb6bc4881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba745ee944e4882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2de01644d2b649a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8ecff45212456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba745ee944e4882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7311970e1b6d400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2de01644d2b649a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi MSCI Japan UCITS ETF Acc</x:t>
+          <x:t>Amundi Core MSCI Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>17,188</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,181</x:t>
-[...6 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,145</x:t>
-[...360 lines deleted...]
-          <x:t>16,987</x:t>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>