--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd90000eb6bc4881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f90a1c2711f4872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2de01644d2b649a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea42722a6024e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7311970e1b6d400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2de01644d2b649a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e4a16b1481495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea42722a6024e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core MSCI Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>17,506</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>17,507</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,061</x:t>
-[...36 lines deleted...]
-          <x:t>17,736</x:t>
+          <x:t>18,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>