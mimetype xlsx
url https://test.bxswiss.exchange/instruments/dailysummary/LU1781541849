--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4a8232cefd4fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c95ecafd314114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f90a2374474943"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849af26fa26c4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4ce45572744423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f90a2374474943" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec8961ff9ed24a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849af26fa26c4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EM Asia ESG Broad Transition UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>11,709</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,706</x:t>
-[...134 lines deleted...]
-          <x:t>11,765</x:t>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>11,938</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>