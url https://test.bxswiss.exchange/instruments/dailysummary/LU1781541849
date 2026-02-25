--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c95ecafd314114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbf8456d44e4e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849af26fa26c4f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2829f1331fba462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec8961ff9ed24a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849af26fa26c4f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4a6472744d4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2829f1331fba462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI EM Asia ESG Broad Transition UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1781541849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>12,043</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,037</x:t>
-[...242 lines deleted...]
-          <x:t>12,114</x:t>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,141</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>11,707</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>