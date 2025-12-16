--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428cf8948bb94c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb845818d95b48b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f547ced06484bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b267e92c8f543f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0aa13acf02f47af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f547ced06484bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198aca236dc94d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b267e92c8f543f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>22,946</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>