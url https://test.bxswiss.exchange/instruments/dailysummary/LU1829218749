--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb845818d95b48b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf488cea81e4cd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b267e92c8f543f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69e7b1cba2164ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198aca236dc94d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b267e92c8f543f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd8475446174b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69e7b1cba2164ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Bloomberg Equal-Weight Commodity Ex-Agriculture UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829218749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>