--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2eaa2732654bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f0abe122a2462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab65155be6a4b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf058c3456520420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696dde39efa04eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab65155be6a4b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c6545ec3d14ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf058c3456520420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>267,324</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>