--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f0abe122a2462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7825d9d5e2934774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf058c3456520420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399b5135ae3246e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c6545ec3d14ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf058c3456520420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c42b1c3bee943d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399b5135ae3246e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Stoxx Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829219390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>