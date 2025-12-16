--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42756ca7073c48b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6997e33316ae4302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda41b409af614c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ef72464145470c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdffef0e5a4bf41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda41b409af614c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb466d3ea4f4a4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ef72464145470c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>339,411</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>