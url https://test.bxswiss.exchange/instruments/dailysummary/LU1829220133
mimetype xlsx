--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6997e33316ae4302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb84efa59d284993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ef72464145470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1daf426748014f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb466d3ea4f4a4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ef72464145470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bb20046d0004c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1daf426748014f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>