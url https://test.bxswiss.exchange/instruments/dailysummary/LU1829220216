--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701bb405f4ae44ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red053f749f9d4278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7224f2cd95034916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85301fb4062406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610360b43b144620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7224f2cd95034916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e0186fbd364527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85301fb4062406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>479,791</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>