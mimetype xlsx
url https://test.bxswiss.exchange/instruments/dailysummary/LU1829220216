--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red053f749f9d4278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f89b8d91a9645c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85301fb4062406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R805a0a0d549e4e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e0186fbd364527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85301fb4062406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d64341b4e64873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R805a0a0d549e4e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI All Country World UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1829220216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>