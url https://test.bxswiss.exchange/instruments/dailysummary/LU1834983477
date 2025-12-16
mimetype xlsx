--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e46f60108af4781" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dce7caeb9484ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ecd8f5487c45a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0f663b1e37f4aba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a1a1df933e48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ecd8f5487c45a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f73a4de2d74db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0f663b1e37f4aba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>49,275</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>