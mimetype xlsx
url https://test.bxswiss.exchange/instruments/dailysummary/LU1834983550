--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a62414256a644a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c48edbd09b4f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd74ed243cb4849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5766396afaa4818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d29853738444eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd74ed243cb4849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2dd3674e9b94cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5766396afaa4818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Basic Resources UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834983550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>87,651</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>