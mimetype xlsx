--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7418b3171c44797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800f4f5d3eba4c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507f349f719f4bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67211cfa5fdd4439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa67424735d4a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507f349f719f4bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R617c3ec1a85c4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67211cfa5fdd4439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Healthcare UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834986900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,600</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>