--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800f4f5d3eba4c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9305d146b14baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67211cfa5fdd4439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R007a1e180ff94d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R617c3ec1a85c4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67211cfa5fdd4439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca88d47577b84a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R007a1e180ff94d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi STOXX Europe 600 Healthcare UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1834986900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,115</x:t>
-[...31 lines deleted...]
-          <x:t>138,631</x:t>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,978</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>139,474</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>