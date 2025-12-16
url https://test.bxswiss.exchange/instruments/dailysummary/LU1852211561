--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R278035dfdc8746e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ee554bd3ca4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd050119e48934dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d3bb1ca11c452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce5432eaa044791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd050119e48934dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06517baeaf184d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d3bb1ca11c452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Sustainable Development Bank Bonds UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1852211561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,457</x:t>
-[...60 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,450</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>9,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>