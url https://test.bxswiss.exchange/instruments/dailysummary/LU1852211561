--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ee554bd3ca4b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61effd9c8f2348fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d3bb1ca11c452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19804c6b96b14ac5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06517baeaf184d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d3bb1ca11c452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20fecc340fa48b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19804c6b96b14ac5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Sustainable Development Bank Bonds UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1852211561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,454</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>9,477</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,449</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>9,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,425</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>9,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,451</x:t>
-[...161 lines deleted...]
-          <x:t>9,450</x:t>
+          <x:t>9,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>