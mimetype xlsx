--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a79bb5901846cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7112cb0afe6d45ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65410b8c977c44a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82cde21daa4a4962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7489f3956a485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65410b8c977c44a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc318219edad24bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82cde21daa4a4962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nikkei 225 UCITS ETF 2D EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1875395870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>62,746</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>