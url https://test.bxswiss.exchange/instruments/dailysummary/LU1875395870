--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7112cb0afe6d45ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91fae6bebe34ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82cde21daa4a4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1209d6acb856429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc318219edad24bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82cde21daa4a4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408db4cd1a1c487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1209d6acb856429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nikkei 225 UCITS ETF 2D EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1875395870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>69,926</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>