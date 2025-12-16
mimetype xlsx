--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16b3cd003b64080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920b76a709d34edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3edf2edea5a449d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d99d05e1f3a4da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R626d0dcf5689443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3edf2edea5a449d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe402cee6734522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d99d05e1f3a4da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Semiconductors ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>60,497</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>