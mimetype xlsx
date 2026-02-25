--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920b76a709d34edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16cb1161cef4c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d99d05e1f3a4da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c819ec2b8c4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe402cee6734522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d99d05e1f3a4da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5381bb4f1164ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c819ec2b8c4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Semiconductors ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>