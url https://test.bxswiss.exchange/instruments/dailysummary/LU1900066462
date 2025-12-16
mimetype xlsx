--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21b3c418f8bc4bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra639e32a63d94b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4d66cd9e594a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe9215b97f0428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ed272374fc4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4d66cd9e594a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b26936a6704790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe9215b97f0428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>30,473</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>