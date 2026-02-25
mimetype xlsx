--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra639e32a63d94b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654d8cc107ae4198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe9215b97f0428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9e4d96fbe34653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b26936a6704790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe9215b97f0428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334cd67b7cdf4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9e4d96fbe34653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Eastern Europe Ex Russia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900066462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>