--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369abe9d5b224e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999c554e7d5b43cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de64db5ee244563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra033f5b5dd7740fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70749be2cc8247a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de64db5ee244563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48bc67ad7a0743a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra033f5b5dd7740fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,978</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>