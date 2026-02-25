--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999c554e7d5b43cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf670781c5194f88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra033f5b5dd7740fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7cd73d6d3b4f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48bc67ad7a0743a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra033f5b5dd7740fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7761c6b2e554d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7cd73d6d3b4f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Turkey UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900067601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>39,747</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,972</x:t>
-[...355 lines deleted...]
-          <x:t>41,697</x:t>
+          <x:t>40,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>