--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d96a497dcb84a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5595b9b286410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdfd48d3ab084624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43736bc14424f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ff8266e42a4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdfd48d3ab084624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc588bb4c1b74715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43736bc14424f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,952</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>