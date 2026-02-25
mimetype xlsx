--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5595b9b286410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19d66ab6e424e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43736bc14424f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8776c12533442e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc588bb4c1b74715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43736bc14424f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b318131ed9f446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8776c12533442e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI AC Asia Pacific Ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>73,392</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,955</x:t>
-[...200 lines deleted...]
-          <x:t>73,254</x:t>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,628</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>73,041</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>