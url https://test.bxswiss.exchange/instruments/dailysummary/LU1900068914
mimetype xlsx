--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e012c712944bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e5e9803dd0466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117c86d0de70495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1006e1796d744dc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b3de07ee8f4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117c86d0de70495d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a2f7eb90854c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1006e1796d744dc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,455</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>