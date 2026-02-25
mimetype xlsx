--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e5e9803dd0466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d382106303b4c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1006e1796d744dc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880bc80bce82474a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a2f7eb90854c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1006e1796d744dc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9587b1e257a04fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880bc80bce82474a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China ESG Leaders Extra UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1900068914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>