--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd77286e75b40cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7fed3c96e054065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree692a1f063e4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c7e95d9078462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radec925267c14763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree692a1f063e4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf97c994458954bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c7e95d9078462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2009147757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>11,489</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,253</x:t>
-[...463 lines deleted...]
-          <x:t>11,625</x:t>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>