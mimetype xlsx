--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7fed3c96e054065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317d5fe519864f44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c7e95d9078462e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325db741fbb7438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf97c994458954bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c7e95d9078462e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222b3baf0fa2433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325db741fbb7438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2009147757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>11,813</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,822</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>11,798</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,686</x:t>
-[...97 lines deleted...]
-          <x:t>12,096</x:t>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,135</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>11,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>