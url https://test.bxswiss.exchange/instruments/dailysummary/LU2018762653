--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R576133c7a3574c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55253fb1ec734d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb125822ea9ad4e64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79320dddaa37486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5d1b197e7c48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb125822ea9ad4e64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21504feffa444ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79320dddaa37486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>79,037</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,671</x:t>
-[...463 lines deleted...]
-          <x:t>79,173</x:t>
+          <x:t>79,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>