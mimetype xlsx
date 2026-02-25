--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55253fb1ec734d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0addbac44dd04a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79320dddaa37486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c25d638fee24846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21504feffa444ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79320dddaa37486c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b1baaf1b99490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c25d638fee24846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Curve steepening 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2018762653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>79,154</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,001</x:t>
-[...490 lines deleted...]
-          <x:t>79,279</x:t>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>