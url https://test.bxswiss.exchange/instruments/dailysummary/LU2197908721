--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7222a1ced164971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc111077b924478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8f757fbe3a4751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf630fa6a13d4f26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a41cba4fb1448a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8f757fbe3a4751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R212a8dfabcce4f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf630fa6a13d4f26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Nasdaq-100 II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2197908721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>208,325</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>