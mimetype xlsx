--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc920d0a439914536" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b49cfce7c447c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9500c1ee92c24851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40062080c1484cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red2090615e1740c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9500c1ee92c24851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72eae4600b45442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40062080c1484cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>8,232</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,175</x:t>
-[...463 lines deleted...]
-          <x:t>8,802</x:t>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>