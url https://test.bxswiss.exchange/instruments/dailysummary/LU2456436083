--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b49cfce7c447c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee2c93c0b854753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40062080c1484cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccfac88094e4a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72eae4600b45442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40062080c1484cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12a4b37648b745f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccfac88094e4a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2456436083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,430</x:t>
-[...4 lines deleted...]
-          <x:t>8,366</x:t>
+          <x:t>8,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>8,127</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>