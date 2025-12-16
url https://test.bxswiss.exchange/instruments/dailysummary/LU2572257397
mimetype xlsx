--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb39fae3559fe4e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re376067cf7644311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4bd2a512e846a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb1d3d569d8846ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1cefb617bb4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4bd2a512e846a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a0d807b2984c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb1d3d569d8846ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Pacific ESG Climate Net Zero Ambition CTB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2572257397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>63,268</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,079</x:t>
-[...269 lines deleted...]
-          <x:t>63,109</x:t>
+          <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>