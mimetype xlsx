--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re376067cf7644311" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69441496f434ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb1d3d569d8846ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced6716ee5ab4e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a0d807b2984c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb1d3d569d8846ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5cd7a86d1914384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced6716ee5ab4e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Pacific ESG Climate Net Zero Ambition CTB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2572257397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>64,847</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>63,817</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>