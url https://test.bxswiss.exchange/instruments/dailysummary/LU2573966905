--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7bd8e15cba34c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ec36cb496344e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e8f0d572584bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7591288a184d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a581c732eaf4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e8f0d572584bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e39d31e66ae4042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7591288a184d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>48,260</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>