--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ec36cb496344e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c871cef0aa4509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7591288a184d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce431725bcd9444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e39d31e66ae4042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7591288a184d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544177b3560140a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce431725bcd9444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2573966905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>