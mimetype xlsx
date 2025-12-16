--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7cffe42e6264d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b546094c35427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4ebec9a49840d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4140c95fea4992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2708d1541c654693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4ebec9a49840d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b353fde44f943c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4140c95fea4992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>28,075</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,123</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>28,199</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,169</x:t>
-[...512 lines deleted...]
-          <x:t>28,245</x:t>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>