--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b546094c35427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4423508a76d04955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4140c95fea4992"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3f2b2b8e614298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b353fde44f943c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4140c95fea4992" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a468f66fdcc438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3f2b2b8e614298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2031  EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>27,882</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,864</x:t>
-[...11 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>27,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,976</x:t>
-[...102 lines deleted...]
-          <x:t>28,082</x:t>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,025</x:t>
-[...11 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,209</x:t>
-[...43 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,186</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>28,106</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>