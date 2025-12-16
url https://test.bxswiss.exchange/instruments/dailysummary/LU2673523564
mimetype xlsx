--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ee51f33a214b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7729f9392ef54cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a98c0ec8e4d485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra948afb0ec294537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39457aff035b440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a98c0ec8e4d485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84f0519d7fc491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra948afb0ec294537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2033 EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,912</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>26,919</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,918</x:t>
-[...38 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,067</x:t>
-[...468 lines deleted...]
-          <x:t>27,099</x:t>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>