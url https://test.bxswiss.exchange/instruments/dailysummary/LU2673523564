--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7729f9392ef54cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97e552bec094a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra948afb0ec294537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f79c58721b4d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84f0519d7fc491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra948afb0ec294537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01df0115b08b4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f79c58721b4d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2033 EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2673523564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>26,702</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>25.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,132</x:t>
-[...31 lines deleted...]
-          <x:t>26,969</x:t>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,021</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>26,897</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>