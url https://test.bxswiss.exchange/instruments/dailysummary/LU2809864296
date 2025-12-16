--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78d92d232c24551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63935867d48b4ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1577fa2333874982"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ac1f6497e9490c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd269d3020204596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1577fa2333874982" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201ba4b389b24aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ac1f6497e9490c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>33,326</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,352</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...423 lines deleted...]
-          <x:t>33,404</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,428</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>33,523</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>