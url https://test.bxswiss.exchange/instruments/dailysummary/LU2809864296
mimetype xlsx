--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63935867d48b4ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e55879bb45040bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ac1f6497e9490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd70921cd4ae406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201ba4b389b24aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ac1f6497e9490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb7c03d95f14d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd70921cd4ae406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2030 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>33,436</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,381</x:t>
-[...70 lines deleted...]
-          <x:t>33,554</x:t>
+          <x:t>33,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,561</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>33,512</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>