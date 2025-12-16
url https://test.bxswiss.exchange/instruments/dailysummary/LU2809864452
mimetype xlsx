--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff88ed4d46a14b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f2768510e64c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7de365c9c524d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d34702e12d4be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03ee3f98b61d4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7de365c9c524d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4adcfb8c316147ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d34702e12d4be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,962</x:t>
-[...124 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,839</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>32,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>