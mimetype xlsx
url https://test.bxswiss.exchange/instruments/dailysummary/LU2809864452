--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f2768510e64c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe43199db49645f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d34702e12d4be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6014481d873b470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4adcfb8c316147ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d34702e12d4be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6911aecc0dd42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6014481d873b470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2032 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>32,906</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,814</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>32,807</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,672</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>32,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,741</x:t>
-[...4 lines deleted...]
-          <x:t>32,839</x:t>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>