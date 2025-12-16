--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9a8a95fa4e4118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8077e3f53340eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7256d967faa4075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra341f01253db4477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1733fe6fa8cc4598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7256d967faa4075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc44f53cf4a00437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra341f01253db4477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2034 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2809864619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,438</x:t>
-[...31 lines deleted...]
-          <x:t>32,200</x:t>
+          <x:t>32,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>32,455</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,360</x:t>
-[...70 lines deleted...]
-          <x:t>32,479</x:t>
+          <x:t>32,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,343</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>32,564</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>