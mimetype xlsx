--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c756398b287407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2308fb2360394642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cbc4c5236a34776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dc8fa04dec4aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3b61395f164627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cbc4c5236a34776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3429e4c01e474b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dc8fa04dec4aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2028 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2810185665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>33,440</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>33,481</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>33,499</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,569</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>33,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>