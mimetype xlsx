--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2308fb2360394642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b4d49e0c684659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dc8fa04dec4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99883dcf4e934343"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3429e4c01e474b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dc8fa04dec4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb610e63b1fc40cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99883dcf4e934343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Target Maturity Sept 2028 EUR Corporate Bond UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU2810185665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>33,155</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,145</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>33,358</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>25.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,577</x:t>
+          <x:t>33,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>33,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>33,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,490</x:t>
-[...193 lines deleted...]
-          <x:t>33,569</x:t>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>