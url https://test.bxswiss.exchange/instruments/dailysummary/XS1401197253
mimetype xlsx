--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b8b746ca684c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29fa81275ee479f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf242226611f24e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f0dcb858fa473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bcb870b531487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf242226611f24e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957e0982f5c4472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f0dcb858fa473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1401197253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,635</x:t>
-[...58 lines deleted...]
-          <x:t>81,870</x:t>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>83,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>