--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29fa81275ee479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348fff4b1ada4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f0dcb858fa473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3472286d06ad4fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957e0982f5c4472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f0dcb858fa473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2879d204b17846d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3472286d06ad4fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unibail-Rodamco 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>XS1401197253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>83,150</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,000</x:t>
-[...70 lines deleted...]
-          <x:t>83,255</x:t>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,110</x:t>
-[...70 lines deleted...]
-          <x:t>83,160</x:t>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,770</x:t>
-[...323 lines deleted...]
-          <x:t>82,250</x:t>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>